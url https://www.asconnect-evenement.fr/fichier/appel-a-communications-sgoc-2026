--- v0 (2025-10-20)
+++ v1 (2026-01-24)
@@ -2,119 +2,119 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DE23755" w14:textId="07A1EC4B" w:rsidR="0096255A" w:rsidRDefault="00745A6C">
+    <w:p w14:paraId="0DE23755" w14:textId="5AE6AF14" w:rsidR="0096255A" w:rsidRDefault="002A282F">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B4B5B7A" wp14:editId="6C023424">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21991C0B" wp14:editId="0DD33BEC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-452331</wp:posOffset>
+              <wp:posOffset>-583232</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-554355</wp:posOffset>
+              <wp:posOffset>-636307</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3854026" cy="1925303"/>
+            <wp:extent cx="4107600" cy="2052000"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:wrapNone/>
-            <wp:docPr id="1026432027" name="Image 4" descr="Une image contenant texte, Visage humain, verres, sourire&#10;&#10;Description générée automatiquement"/>
+            <wp:docPr id="1876991763" name="Image 4" descr="Une image contenant texte, graphisme, dessin humoristique, capture d’écran&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1026432027" name="Image 4" descr="Une image contenant texte, Visage humain, verres, sourire&#10;&#10;Description générée automatiquement"/>
+                    <pic:cNvPr id="1876991763" name="Image 4" descr="Une image contenant texte, graphisme, dessin humoristique, capture d’écran&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3854026" cy="1925303"/>
+                      <a:ext cx="4107600" cy="2052000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="007F462D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE7E641" wp14:editId="0DA99113">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE7E641" wp14:editId="339803A8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3727961</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-554108</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5865495" cy="6869151"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="14605"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5865495" cy="6869151"/>
                         </a:xfrm>
@@ -197,51 +197,71 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>……………………………………………………………</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0D82AB0A" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>(en gras)</w:t>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>en</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> gras)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="68E85C12" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="35211CA5" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="5254B451" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
@@ -358,75 +378,113 @@
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="178DA187" w14:textId="5C611178" w:rsidR="00055D85" w:rsidRPr="00A6692D" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AC71EA">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Auteurs</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t> : initiale du prénom</w:t>
+                              <w:t xml:space="preserve"> : initiale </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>du prénom</w:t>
                             </w:r>
                             <w:r w:rsidR="00FE29F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>suivie du nom</w:t>
+                              <w:t>suivie</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> du nom</w:t>
                             </w:r>
                             <w:r w:rsidR="00FE29F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> (ex : A.Robert)</w:t>
+                              <w:t xml:space="preserve"> (ex : </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="00FE29F5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>A.Robert</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="00FE29F5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>)</w:t>
                             </w:r>
                             <w:r w:rsidR="00745A6C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>puis de la liste des co-auteurs</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> - </w:t>
                             </w:r>
@@ -570,51 +628,51 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="4CE7E641" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:293.55pt;margin-top:-43.65pt;width:461.85pt;height:540.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTO6LQBwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aiOE2sOKt2t6kq&#10;bS/Sth+AMY5RgaFAYqdf3wF7s+ntpSoPaIYZDnPODNubQStyEs5LMBWdz3JKhOHQSHOo6JfP+xdr&#10;SnxgpmEKjKjoWXh6s3v+bNvbUiygA9UIRxDE+LK3Fe1CsGWWed4JzfwMrDAYbMFpFtB1h6xxrEd0&#10;rbJFnq+yHlxjHXDhPZ7ejUG6S/htK3j42LZeBKIqirWFtLu013HPdltWHhyzneRTGewfqtBMGnz0&#10;AnXHAiNHJ3+D0pI78NCGGQedQdtKLhIHZDPPf2Hz0DErEhcUx9uLTP7/wfIPpwf7yZEwvIYBG5hI&#10;eHsP/KtHbbLe+nLKiZr60sfsun8PDXaTHQOkG0PrdKSPhAjCoNLni7piCITjYbFeFctNQQnH2Gq9&#10;2syLedQ/Y+Xjdet8eCtAk2hU1GH7Ejw73fswpj6mxNc8KNnspVLJcYf6VjlyYtjqfVoT+k9pypC+&#10;optiUYxU/wqRp/UnCC0DzqySuqLrSxIrO8GaN6ZJExWYVKON7JSZhIzajSqGoR4wMQpaQ3NGSR2M&#10;s4l/CY0O3HdKepzLivpvR+YEJeqdwcZv5stlHOTkLIuXC3TcdaS+jjDDEaqigZLRvA3j8B+tk4cO&#10;Xxo7buAVtrKVSeSnqqa6cfZSm6Z/Eof72k9ZT7959wMAAP//AwBQSwMEFAAGAAgAAAAhAD28/Pzm&#10;AAAAEQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FKw0AQRd8F/2EZwbd2E2NsmmZS1CKICMWmH7DN&#10;rkk0Oxuy2zb+vdMnfRkY5t479xTryfbiZEbfOUKI5xEIQ7XTHTUI++plloHwQZFWvSOD8GM8rMvr&#10;q0Ll2p3pw5x2oREcQj5XCG0IQy6lr1tjlZ+7wRDfPt1oVeB1bKQe1ZnDbS/vouhBWtURf2jVYJ5b&#10;U3/vjhZh85Vs99S12g7J61tVvU/pVj4h3t5MmxWPxxWIYKbw54ALA/eHkosd3JG0Fz1Cmi1iliLM&#10;skUC4qJI44iRDgjL5X0Ksizkf5LyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJM7otAH&#10;AgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD28&#10;/PzmAAAAEQEAAA8AAAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:293.55pt;margin-top:-43.65pt;width:461.85pt;height:540.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCTO6LQBwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aiOE2sOKt2t6kq&#13;&#10;bS/Sth+AMY5RgaFAYqdf3wF7s+ntpSoPaIYZDnPODNubQStyEs5LMBWdz3JKhOHQSHOo6JfP+xdr&#13;&#10;SnxgpmEKjKjoWXh6s3v+bNvbUiygA9UIRxDE+LK3Fe1CsGWWed4JzfwMrDAYbMFpFtB1h6xxrEd0&#13;&#10;rbJFnq+yHlxjHXDhPZ7ejUG6S/htK3j42LZeBKIqirWFtLu013HPdltWHhyzneRTGewfqtBMGnz0&#13;&#10;AnXHAiNHJ3+D0pI78NCGGQedQdtKLhIHZDPPf2Hz0DErEhcUx9uLTP7/wfIPpwf7yZEwvIYBG5hI&#13;&#10;eHsP/KtHbbLe+nLKiZr60sfsun8PDXaTHQOkG0PrdKSPhAjCoNLni7piCITjYbFeFctNQQnH2Gq9&#13;&#10;2syLedQ/Y+Xjdet8eCtAk2hU1GH7Ejw73fswpj6mxNc8KNnspVLJcYf6VjlyYtjqfVoT+k9pypC+&#13;&#10;optiUYxU/wqRp/UnCC0DzqySuqLrSxIrO8GaN6ZJExWYVKON7JSZhIzajSqGoR4wMQpaQ3NGSR2M&#13;&#10;s4l/CY0O3HdKepzLivpvR+YEJeqdwcZv5stlHOTkLIuXC3TcdaS+jjDDEaqigZLRvA3j8B+tk4cO&#13;&#10;Xxo7buAVtrKVSeSnqqa6cfZSm6Z/Eof72k9ZT7959wMAAP//AwBQSwMEFAAGAAgAAAAhAD28/Pzm&#13;&#10;AAAAEQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FKw0AQRd8F/2EZwbd2E2NsmmZS1CKICMWmH7DN&#13;&#10;rkk0Oxuy2zb+vdMnfRkY5t479xTryfbiZEbfOUKI5xEIQ7XTHTUI++plloHwQZFWvSOD8GM8rMvr&#13;&#10;q0Ll2p3pw5x2oREcQj5XCG0IQy6lr1tjlZ+7wRDfPt1oVeB1bKQe1ZnDbS/vouhBWtURf2jVYJ5b&#13;&#10;U3/vjhZh85Vs99S12g7J61tVvU/pVj4h3t5MmxWPxxWIYKbw54ALA/eHkosd3JG0Fz1Cmi1iliLM&#13;&#10;skUC4qJI44iRDgjL5X0Ksizkf5LyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#13;&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJM7otAH&#13;&#10;AgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD28&#13;&#10;/PzmAAAAEQEAAA8AAAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#13;&#10;AAB0BQAAAAA=&#13;&#10;">
                 <v:path arrowok="t"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0A119A33" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="60554EB9" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
@@ -839,67 +897,85 @@
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="178DA187" w14:textId="5C611178" w:rsidR="00055D85" w:rsidRPr="00A6692D" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AC71EA">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Auteurs</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t> : initiale du prénom</w:t>
+                        <w:t xml:space="preserve"> : initiale </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>du prénom</w:t>
                       </w:r>
                       <w:r w:rsidR="00FE29F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>suivie du nom</w:t>
+                        <w:t>suivie</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> du nom</w:t>
                       </w:r>
                       <w:r w:rsidR="00FE29F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (ex : </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidR="00FE29F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>A.Robert</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidR="00FE29F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
@@ -1135,80 +1211,80 @@
                               <w:t>APPEL A COMMUNICATIONS</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6AC8AB53" id="Zone de texte 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:432.7pt;margin-top:-38.65pt;width:206.9pt;height:31pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiv1CWLgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcG+d7GyvOKs0qVaXV&#10;7krZas8EQ4yEGQokdvrrO+B8ddtT1QueYYbHzJuH5/dtrclBOK/AFHTQ61MiDIdSmV1Bv7+uP32m&#10;xAdmSqbBiIIehaf3i48f5o3NxRAq0KVwBEGMzxtb0CoEm2eZ55Wome+BFQaDElzNArpul5WONYhe&#10;62zY70+zBlxpHXDhPe4+dEG6SPhSCh6epfQiEF1QrC2k1aV1G9dsMWf5zjFbKX4qg/1DFTVTBi+9&#10;QD2wwMjeqT+gasUdeJChx6HOQErFReoBuxn033WzqZgVqRckx9sLTf7/wfKnw8a+OBLaL9DiACMh&#10;jfW5x83YTytdHb9YKcE4Uni80CbaQDhuDqfDu/FkRAnH2Gg2moxmESa7nrbOh68CahKNgjocS2KL&#10;HR596FLPKfEyD1qVa6V1cqIUxEo7cmA4RB1SjQj+W5Y2pCnodDTpJ2AD8XiHrA3Wcu0pWqHdtkSV&#10;N/1uoTwiDQ46hXjL1wprfWQ+vDCHksDOUebhGRepAe+Ck0VJBe7n3/ZjPk4Ko5Q0KLGC+h975gQl&#10;+pvBGc4G43HUZHLGk7shOu42sr2NmH29AiRggA/K8mTG/KDPpnRQv+FrWMZbMcQMx7sLGs7mKnTC&#10;x9fExXKZklCFloVHs7E8QkfC4yRe2zfm7GlcAQf9BGcxsvzd1LrceNLAch9AqjTSyHPH6ol+VHAS&#10;xem1xSdy66es6z9h8QsAAP//AwBQSwMEFAAGAAgAAAAhAInlmZnnAAAAEQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMT01Pg0AQvZv4HzZj4sW0S0FKpSyN8aMm3lqqxtuWXYHIzhJ2C/jvnZ70MsnMe/M+&#10;ss1kWjbo3jUWBSzmATCNpVUNVgIOxfNsBcx5iUq2FrWAH+1gk19eZDJVdsSdHva+YiSCLpUCau+7&#10;lHNX1tpIN7edRsK+bG+kp7WvuOrlSOKm5WEQLLmRDZJDLTv9UOvye38yAj5vqo9XN23fxiiOuqeX&#10;oUjeVSHE9dX0uKZxvwbm9eT/PuDcgfJDTsGO9oTKsVbAahnfElXALEkiYGdGmNyFwI50WsQR8Dzj&#10;/5vkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiv1CWLgIAAFsEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5ZmZ5wAAABEBAAAPAAAAAAAA&#10;AAAAAAAAAIgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="6AC8AB53" id="Zone de texte 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:432.7pt;margin-top:-38.65pt;width:206.9pt;height:31pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBiv1CWLgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcG+d7GyvOKs0qVaXV&#13;&#10;7krZas8EQ4yEGQokdvrrO+B8ddtT1QueYYbHzJuH5/dtrclBOK/AFHTQ61MiDIdSmV1Bv7+uP32m&#13;&#10;xAdmSqbBiIIehaf3i48f5o3NxRAq0KVwBEGMzxtb0CoEm2eZ55Wome+BFQaDElzNArpul5WONYhe&#13;&#10;62zY70+zBlxpHXDhPe4+dEG6SPhSCh6epfQiEF1QrC2k1aV1G9dsMWf5zjFbKX4qg/1DFTVTBi+9&#13;&#10;QD2wwMjeqT+gasUdeJChx6HOQErFReoBuxn033WzqZgVqRckx9sLTf7/wfKnw8a+OBLaL9DiACMh&#13;&#10;jfW5x83YTytdHb9YKcE4Uni80CbaQDhuDqfDu/FkRAnH2Gg2moxmESa7nrbOh68CahKNgjocS2KL&#13;&#10;HR596FLPKfEyD1qVa6V1cqIUxEo7cmA4RB1SjQj+W5Y2pCnodDTpJ2AD8XiHrA3Wcu0pWqHdtkSV&#13;&#10;N/1uoTwiDQ46hXjL1wprfWQ+vDCHksDOUebhGRepAe+Ck0VJBe7n3/ZjPk4Ko5Q0KLGC+h975gQl&#13;&#10;+pvBGc4G43HUZHLGk7shOu42sr2NmH29AiRggA/K8mTG/KDPpnRQv+FrWMZbMcQMx7sLGs7mKnTC&#13;&#10;x9fExXKZklCFloVHs7E8QkfC4yRe2zfm7GlcAQf9BGcxsvzd1LrceNLAch9AqjTSyHPH6ol+VHAS&#13;&#10;xem1xSdy66es6z9h8QsAAP//AwBQSwMEFAAGAAgAAAAhAInlmZnnAAAAEQEAAA8AAABkcnMvZG93&#13;&#10;bnJldi54bWxMT01Pg0AQvZv4HzZj4sW0S0FKpSyN8aMm3lqqxtuWXYHIzhJ2C/jvnZ70MsnMe/M+&#13;&#10;ss1kWjbo3jUWBSzmATCNpVUNVgIOxfNsBcx5iUq2FrWAH+1gk19eZDJVdsSdHva+YiSCLpUCau+7&#13;&#10;lHNX1tpIN7edRsK+bG+kp7WvuOrlSOKm5WEQLLmRDZJDLTv9UOvye38yAj5vqo9XN23fxiiOuqeX&#13;&#10;oUjeVSHE9dX0uKZxvwbm9eT/PuDcgfJDTsGO9oTKsVbAahnfElXALEkiYGdGmNyFwI50WsQR8Dzj&#13;&#10;/5vkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#13;&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#13;&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiv1CWLgIAAFsEAAAOAAAAAAAAAAAA&#13;&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5ZmZ5wAAABEBAAAPAAAAAAAA&#13;&#10;AAAAAAAAAIgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#13;&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="563D5A71" w14:textId="77777777" w:rsidR="00985B2D" w:rsidRPr="000607D6" w:rsidRDefault="00985B2D">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000607D6">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>APPEL A COMMUNICATIONS</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A716716" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85"/>
-    <w:p w14:paraId="2B8C7B1B" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85"/>
+    <w:p w14:paraId="3A716716" w14:textId="2E9F3C93" w:rsidR="00055D85" w:rsidRDefault="00055D85"/>
+    <w:p w14:paraId="2B8C7B1B" w14:textId="621F03EE" w:rsidR="00055D85" w:rsidRDefault="00055D85"/>
     <w:p w14:paraId="475B728E" w14:textId="77777777" w:rsidR="00055D85" w:rsidRDefault="00055D85"/>
     <w:p w14:paraId="1A4690D3" w14:textId="3736D55D" w:rsidR="00055D85" w:rsidRDefault="00055D85">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CEF4CB3" wp14:editId="4C27B325">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-491245</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>800197</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4218305" cy="5064369"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1741,93 +1817,121 @@
                               <w:t>Coordonnées de l’auteur assurant la présentation</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t> :</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2C95DC2A" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>(formulaire</w:t>
-                            </w:r>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>formulaire</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> à remplir en majuscules)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0C2C0D0E" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="003B1FC5" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="10FD84BE" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>NOM …</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>…………………………….…….  Prénom</w:t>
+                              <w:t>………………………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….  Prénom</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> …………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>………………….</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="68DA1868" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
@@ -1923,148 +2027,266 @@
                           </w:p>
                           <w:p w14:paraId="11E72E24" w14:textId="25646D2D" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidR="00C072DC" w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Établissement</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t> :</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>………………………….……</w:t>
+                              <w:t>…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…………………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>……</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>………………………………………………</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="33B86FD0" w14:textId="3CEC8BF6" w:rsidR="00A45CB3" w:rsidRPr="00FA6A1F" w:rsidRDefault="00A45CB3" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Inscrit(e) en DES/DESC de gériatrie :………………………………………………………</w:t>
+                              <w:t>Inscrit(e) en DES/DESC de gériatrie</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t> :…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>……………………………………………………</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6CE1E52E" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Adresse :………………..</w:t>
+                              <w:t>Adresse</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t> :…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>……</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>………………………………………….……………………</w:t>
+                              <w:t>……………………………………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>……………………</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="31220834" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Code Postal : …</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>……….…</w:t>
+                              <w:t>…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>…………….  Ville : …</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>……………………………</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>……</w:t>
                             </w:r>
@@ -2072,65 +2294,93 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>………</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="01A17B5A" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="2B05D19C" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00FA6A1F">
-[...5 lines deleted...]
-                              <w:t>Email (en minuscules) : …………</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Email</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (en minuscules) : …………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>……………..</w:t>
+                              <w:t>………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>…….</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>……………….</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="71AD7EE8" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="27EA6E16" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
@@ -2333,105 +2583,133 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Corps du résumé :</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FA6A1F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>250 mots maximum</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7C142C42" w14:textId="77FA91F8" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
+                          <w:p w14:paraId="7C142C42" w14:textId="23ADE780" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:outlineLvl w:val="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007275EC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Date limite d’envoi</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> : </w:t>
                             </w:r>
+                            <w:r w:rsidR="002A282F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>07/01</w:t>
+                            </w:r>
                             <w:r w:rsidR="00FE29F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>18/12/2025</w:t>
+                              <w:t>/202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002A282F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2CF2D3E4" w14:textId="4B5A1527" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:outlineLvl w:val="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00FA6A1F">
-[...5 lines deleted...]
-                              <w:t>à l’adresse suivante </w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>à</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FA6A1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> l’adresse suivante </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0048451A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId7" w:history="1">
                               <w:r w:rsidR="001671E3" w:rsidRPr="00DF17D2">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                   <w:b/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>aribourgbennani@asconnect-evenement.fr</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="7AB7ABAA" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                             <w:pPr>
@@ -2477,55 +2755,51 @@
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="7CEF4CB3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-38.7pt;margin-top:63pt;width:332.15pt;height:398.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFKE+n1wEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TZtOxGTVfAahHS&#10;cpEWPsBx7MYi8RiP26R8PWOn2y3whnix7JnJmXPOTDa309Czg/JowNZ8ucg5U1ZCa+yu5t++3r+6&#10;5gyDsK3owaqaHxXy2+3LF5vRVaqADvpWeUYgFqvR1bwLwVVZhrJTg8AFOGUpqcEPItDT77LWi5HQ&#10;hz4r8nydjeBb50EqRIrezUm+TfhaKxk+a40qsL7mxC2k06eziWe23Yhq54XrjDzREP/AYhDGUtMz&#10;1J0Igu29+QtqMNIDgg4LCUMGWhupkgZSs8z/UPPYCaeSFjIH3dkm/H+w8tPh0X3xLExvYaIBJhHo&#10;HkB+R/ImGx1Wp5roKVYYq5vxI7Q0TbEPkL6YtB+ifBLECIacPp7dVVNgkoJlsby+ylecScqt8nV5&#10;tb6J/meievrceQzvFQwsXmruaXwJXhweMMylTyWxm4V70/dphL39LUCYMZLoR8Yz9zA1EzNtzYvY&#10;N6ppoD2SHg/zYtAi06UD/5OzkZai5vhjL7zirP9gyfWbZVnGLUqPcvW6oIe/zDSXGWElQdU8cDZf&#10;34V58/bOm11HnWa7LbwhH7VJCp9ZnejT4JNHpyWNm3X5TlXPv9L2FwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAAn1RerlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap4GmbRqn&#10;QqAKVHEh9APc2E2ixOsotpPA17Oc4LLSamZn52WH2XRs1INrLApYLSNgGkurGqwEnD+Piy0w5yUq&#10;2VnUAr60g0N+e5PJVNkJP/RY+IpRCLpUCqi971POXVlrI93S9hpJu9rBSE/rUHE1yInCTcfjKEq4&#10;kQ3Sh1r2+rnWZVsEI+AYXt/M+M1DfyrKCeu+Def3Voj7u/llT+NpD8zr2f9dwC8D9Yecil1sQOVY&#10;J2Cx2TySlYQ4ITJyrLfJDthFwC5+WAPPM/4fJP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAxShPp9cBAACSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEACfVF6uUAAAAQAQAADwAAAAAAAAAAAAAAAAAxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7CEF4CB3" id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-38.7pt;margin-top:63pt;width:332.15pt;height:398.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDFKE+n1wEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TZtOxGTVfAahHS&#13;&#10;cpEWPsBx7MYi8RiP26R8PWOn2y3whnix7JnJmXPOTDa309Czg/JowNZ8ucg5U1ZCa+yu5t++3r+6&#13;&#10;5gyDsK3owaqaHxXy2+3LF5vRVaqADvpWeUYgFqvR1bwLwVVZhrJTg8AFOGUpqcEPItDT77LWi5HQ&#13;&#10;hz4r8nydjeBb50EqRIrezUm+TfhaKxk+a40qsL7mxC2k06eziWe23Yhq54XrjDzREP/AYhDGUtMz&#13;&#10;1J0Igu29+QtqMNIDgg4LCUMGWhupkgZSs8z/UPPYCaeSFjIH3dkm/H+w8tPh0X3xLExvYaIBJhHo&#13;&#10;HkB+R/ImGx1Wp5roKVYYq5vxI7Q0TbEPkL6YtB+ifBLECIacPp7dVVNgkoJlsby+ylecScqt8nV5&#13;&#10;tb6J/meievrceQzvFQwsXmruaXwJXhweMMylTyWxm4V70/dphL39LUCYMZLoR8Yz9zA1EzNtzYvY&#13;&#10;N6ppoD2SHg/zYtAi06UD/5OzkZai5vhjL7zirP9gyfWbZVnGLUqPcvW6oIe/zDSXGWElQdU8cDZf&#13;&#10;34V58/bOm11HnWa7LbwhH7VJCp9ZnejT4JNHpyWNm3X5TlXPv9L2FwAAAP//AwBQSwMEFAAGAAgA&#13;&#10;AAAhAAn1RerlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap4GmbRqn&#13;&#10;QqAKVHEh9APc2E2ixOsotpPA17Oc4LLSamZn52WH2XRs1INrLApYLSNgGkurGqwEnD+Piy0w5yUq&#13;&#10;2VnUAr60g0N+e5PJVNkJP/RY+IpRCLpUCqi971POXVlrI93S9hpJu9rBSE/rUHE1yInCTcfjKEq4&#13;&#10;kQ3Sh1r2+rnWZVsEI+AYXt/M+M1DfyrKCeu+Def3Voj7u/llT+NpD8zr2f9dwC8D9Yecil1sQOVY&#13;&#10;J2Cx2TySlYQ4ITJyrLfJDthFwC5+WAPPM/4fJP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#13;&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#13;&#10;ACEAxShPp9cBAACSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEACfVF6uUAAAAQAQAADwAAAAAAAAAAAAAAAAAxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#13;&#10;AAAEAAQA8wAAAEMFAAAAAA==&#13;&#10;" filled="f" stroked="f">
                 <v:path arrowok="t"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="05E78BA0" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Thème souhaité</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
@@ -3231,51 +3505,69 @@
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t> :</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>…</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>……………………….……</w:t>
+                        <w:t>…………………</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>…….</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>……</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>………………………………………………</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="33B86FD0" w14:textId="3CEC8BF6" w:rsidR="00A45CB3" w:rsidRPr="00FA6A1F" w:rsidRDefault="00A45CB3" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Inscrit(e) en DES/DESC de gériatrie</w:t>
@@ -3309,67 +3601,103 @@
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Adresse</w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t> :…</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>……………..</w:t>
+                        <w:t>………</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>…….</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>……</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>………………………………………….……………………</w:t>
+                        <w:t>……………………………………</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>…….</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>……………………</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="31220834" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Code Postal : …</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>…</w:t>
@@ -3420,57 +3748,67 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>………</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="01A17B5A" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="2B05D19C" w14:textId="77777777" w:rsidR="00055D85" w:rsidRPr="00FA6A1F" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00FA6A1F">
-[...5 lines deleted...]
-                        <w:t>Email (en minuscules) : …………</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Email</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00FA6A1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (en minuscules) : …………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>………</w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>…….</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
@@ -3699,86 +4037,104 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Corps du résumé :</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>250 mots maximum</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7C142C42" w14:textId="77FA91F8" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
+                    <w:p w14:paraId="7C142C42" w14:textId="23ADE780" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:outlineLvl w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007275EC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Date limite d’envoi</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> : </w:t>
                       </w:r>
+                      <w:r w:rsidR="002A282F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>07/01</w:t>
+                      </w:r>
                       <w:r w:rsidR="00FE29F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>18/12/2025</w:t>
+                        <w:t>/202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002A282F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2CF2D3E4" w14:textId="4B5A1527" w:rsidR="00055D85" w:rsidRDefault="00055D85" w:rsidP="00055D85">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:outlineLvl w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>à</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00FA6A1F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -3858,192 +4214,192 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CC7CA4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00055D85" w:rsidSect="00055D85">
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53FBC09D" w14:textId="77777777" w:rsidR="00DD4564" w:rsidRDefault="00DD4564" w:rsidP="00CC7CA4">
+    <w:p w14:paraId="6BD4CB1E" w14:textId="77777777" w:rsidR="006675B9" w:rsidRDefault="006675B9" w:rsidP="00CC7CA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F2553F8" w14:textId="77777777" w:rsidR="00DD4564" w:rsidRDefault="00DD4564" w:rsidP="00CC7CA4">
+    <w:p w14:paraId="405B12A9" w14:textId="77777777" w:rsidR="006675B9" w:rsidRDefault="006675B9" w:rsidP="00CC7CA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D6BE659" w14:textId="77777777" w:rsidR="00DD4564" w:rsidRDefault="00DD4564" w:rsidP="00CC7CA4">
+    <w:p w14:paraId="09C39C30" w14:textId="77777777" w:rsidR="006675B9" w:rsidRDefault="006675B9" w:rsidP="00CC7CA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="623F7B09" w14:textId="77777777" w:rsidR="00DD4564" w:rsidRDefault="00DD4564" w:rsidP="00CC7CA4">
+    <w:p w14:paraId="5E9E6BB2" w14:textId="77777777" w:rsidR="006675B9" w:rsidRDefault="006675B9" w:rsidP="00CC7CA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00055D85"/>
     <w:rsid w:val="00022784"/>
     <w:rsid w:val="00055D85"/>
     <w:rsid w:val="000607D6"/>
     <w:rsid w:val="0011391C"/>
     <w:rsid w:val="00155034"/>
     <w:rsid w:val="0016580A"/>
     <w:rsid w:val="001671E3"/>
     <w:rsid w:val="001B612C"/>
-    <w:rsid w:val="00281BDE"/>
     <w:rsid w:val="00293503"/>
+    <w:rsid w:val="002A282F"/>
     <w:rsid w:val="002E25DF"/>
-    <w:rsid w:val="00375933"/>
     <w:rsid w:val="0040499F"/>
+    <w:rsid w:val="004D24F9"/>
     <w:rsid w:val="004E50C8"/>
     <w:rsid w:val="0062406D"/>
+    <w:rsid w:val="006675B9"/>
     <w:rsid w:val="00675522"/>
     <w:rsid w:val="007357C5"/>
     <w:rsid w:val="00745A6C"/>
     <w:rsid w:val="007541A4"/>
     <w:rsid w:val="007F462D"/>
     <w:rsid w:val="00851E9E"/>
     <w:rsid w:val="00854251"/>
     <w:rsid w:val="00872EC5"/>
     <w:rsid w:val="008C3A18"/>
     <w:rsid w:val="0096255A"/>
     <w:rsid w:val="00985B2D"/>
     <w:rsid w:val="00986FE1"/>
     <w:rsid w:val="00997A44"/>
     <w:rsid w:val="009F63C8"/>
     <w:rsid w:val="00A45CB3"/>
     <w:rsid w:val="00A61357"/>
     <w:rsid w:val="00C072DC"/>
     <w:rsid w:val="00CC7CA4"/>
     <w:rsid w:val="00D13DDB"/>
-    <w:rsid w:val="00DD4564"/>
     <w:rsid w:val="00E7346F"/>
     <w:rsid w:val="00E86563"/>
     <w:rsid w:val="00FE29F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>